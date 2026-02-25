--- v0 (2025-11-12)
+++ v1 (2026-02-25)
@@ -1,1171 +1,1522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ARTICLE PUBLICATION CHARGE REGULATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Acta Physica Polonica A</w:t>
-[...19 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="22"/>
-[...24 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Acta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Physica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...34 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Polonica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Acta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Physica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Polonica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A (APPA) is an open access journal freely available to all readers. To publish in APPA, authors are asked to pay an article publication charge (APC) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for manuscripts submitted starting 3 September 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as announced previously. The APC covers the costs of editorial work, management of the journal, printing, publication, and open access online to the journal articles. The APC only applies if the article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>is accepted for publication after peer-review and possible revision of the manuscript. There are no charges for rejected articles, no submission charges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article publication charges</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The APCs for published articles are as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...33 lines deleted...]
-        <w:t>Articles up to 10 pages long</w:t>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Articles up to 10 pages</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">400 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  EUR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> net plus 23% VAT  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t>(492   EUR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including VAT)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...18 lines deleted...]
-        <w:tab/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1600 PLN net </w:t>
-        <w:tab/>
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t>(1968 PLN including VAT)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Additional pages</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>25   EUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plus 23% VAT   (30.75 EUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gross)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>100 PLN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plus 23% VAT   (123     PLN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gross)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:r>
-[...87 lines deleted...]
-          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Page counts are made according to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>final author-submitted accepted version of the article as converted by the editorial team into journal format, including figures and bibliography.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> After acceptance the editorial team will contact you regarding the APC and due date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and a pro-forma invoice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>will be sent from our finances department. By default the due date is 14 days after sending of the pro-forma invoice and currency PLN for corresponding authors' affiliation in Poland and in EUR otherwise, unless the corresponding author requests differentl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>y.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Accepted articles will not be published until payment has been received. Refunds or partial refunds of the APC are possible only for manuscripts withdrawn from the editorial process on request of the corresponding author, and are not possible once arti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cle has been published. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:r>
-[...102 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Special waivers</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>APCs are waived for publications invited by the Scientific Committee of the Journal.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The APC is reduced by 50% for APPA referees who have refereed at least 3 articles for the journal in the previous 365 days (the reduction can be applied once in 365 days).</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+        <w:t xml:space="preserve">The APC is reduced by 50% for APPA referees who have refereed at least 3 articles for the journal in the previous 365 days (the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>reduction can be applied once in 365 days).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Publisher (IF PAN) can offer discretionary partial or full waivers in especially justified cases, by decision of the Editor-in-Chief. Such a decision is final.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Publication fees do not apply to articles first submitted before 1 September 2025.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+        <w:t xml:space="preserve">Publication fees do not apply to articles first </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>submitted before 1 September 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>For articles first submitted in the period 1 September to 31 December 2025 publication fees can be waived by decision of the Editor-in-Chief upon request by the corresponding author. Articles subject to this waiver will  be processed at a lower priority and their publication may be delayed by up to three months.</w:t>
-[...22 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+        <w:t xml:space="preserve">For articles first submitted in the period 1 September to 31 December 2025 publication fees can be waived by decision of the Editor-in-Chief upon request by the corresponding author. Articles subject to this waiver will  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>be processed at a lower priority and their publication may be delayed by up to three months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Payment details</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRPr="00324A2F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The editorial team will communicate the APC amount to the corresponding author after acceptance of the article. Please fill, sign, and send the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Publication and Copyright Transfer Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> before making payment.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Payment is made by bank transfer to the following accounts:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Account owner: </w:t>
-        <w:tab/>
-[...1 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Institute of Physics, Polish Academy of Sciences, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Aleja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Lotników</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32/46,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:br/>
-        <w:tab/>
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t>02-668 Warszawa, Poland</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bank name: </w:t>
-        <w:tab/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Bank </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Bank Gospodarstwa Krajowego</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SWIFT/BIC: </w:t>
-        <w:tab/>
-[...3 lines deleted...]
-        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>GOSKPLPW</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Account number for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Payment in EUR: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t>PL 35 1130 1017 0013 4373 9820 0027</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Account number for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Payment in PLN: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">PL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324A2F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>89 1130 1017 0013 4373 9820 0025</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00324A2F">
+      <w:pPr>
         <w:spacing w:before="57" w:after="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transfer title/tytułem: </w:t>
+        <w:t>Transfer title/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tytułem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">APC for manuscript #### </w:t>
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:br/>
-        <w:tab/>
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(please replace "####" by your manuscript number)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...18 lines deleted...]
-      <w:type w:val="nextPage"/>
+    <w:p w:rsidR="00EF3B8F" w:rsidRDefault="00EF3B8F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EF3B8F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="0" w:top="964" w:footer="0" w:bottom="964"/>
-[...3 lines deleted...]
-      <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
+      <w:pgMar w:top="964" w:right="1134" w:bottom="964" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="100"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...4 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...6 lines deleted...]
-    <w:charset w:val="01"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...3 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Serif CJK SC">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lohit Devanagari">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Bookman Old Style">
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Noto Sans CJK SC">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Bookman Old Style">
+    <w:panose1 w:val="02050604050505020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="OpenSymbol">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="016110A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="58726B1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -1258,277 +1609,314 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="382A6F80"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E04A830"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:autoHyphenation w:val="true"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00EF3B8F"/>
+    <w:rsid w:val="000C1218"/>
+    <w:rsid w:val="00324A2F"/>
+    <w:rsid w:val="00EF3B8F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{2F8F8592-EBF5-4946-A8E9-51AE4137C743}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Noto Serif CJK SC" w:cs="Lohit Devanagari"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Noto Serif CJK SC" w:hAnsi="Calibri" w:cs="Lohit Devanagari"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pl-PL" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens w:val="true"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1684,52 +2072,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1790,311 +2178,282 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...13 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Bullets" w:customStyle="1">
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bullets">
     <w:name w:val="Bullets"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="OpenSymbol" w:cs="OpenSymbol"/>
+      <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TekstkomentarzaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
     <w:name w:val="Tekst komentarza Znak"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Annotationtext"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Annotationreference">
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TematkomentarzaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
-    <w:link w:val="Annotationsubject"/>
+    <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00b835cd"/>
+    <w:rsid w:val="00B835CD"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="LineNumber">
-[...1 lines deleted...]
-    <w:rPr/>
+  <w:style w:type="character" w:styleId="Numerwiersza">
+    <w:name w:val="line number"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="true"/>
+      <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Noto Sans CJK SC"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Noto Sans CJK SC" w:hAnsi="Liberation Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normalny"/>
     <w:pPr>
-      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
-    <w:basedOn w:val="BodyText"/>
-[...1 lines deleted...]
-    <w:rPr/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...26 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Annotationtext">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption1">
+    <w:name w:val="caption1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Annotationsubject">
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Annotationtext"/>
-    <w:next w:val="Annotationtext"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00b835cd"/>
-    <w:pPr/>
+    <w:rsid w:val="00B835CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
-[...19 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="ffffff"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="ffffff"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="18a303"/>
+        <a:srgbClr val="18A303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="0369a3"/>
+        <a:srgbClr val="0369A3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="a33e03"/>
+        <a:srgbClr val="A33E03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8e03a3"/>
+        <a:srgbClr val="8E03A3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="c99c00"/>
+        <a:srgbClr val="C99C00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="c9211e"/>
+        <a:srgbClr val="C9211E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ee"/>
+        <a:srgbClr val="0000EE"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="551a8b"/>
+        <a:srgbClr val="551A8B"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="DejaVu Sans"/>
+        <a:cs typeface="DejaVu Sans"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="DejaVu Sans"/>
+        <a:cs typeface="DejaVu Sans"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
           <a:miter/>
         </a:ln>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
           <a:miter/>
         </a:ln>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
@@ -2103,60 +2462,79 @@
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.6.7.2$Linux_X86_64 LibreOffice_project/60$Build-2</Application>
+  <Pages>2</Pages>
+  <Words>479</Words>
+  <Characters>2875</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3348</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>4</DocSecurity>
-[...4 lines deleted...]
-  <Paragraphs>26</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Piotr Deuar</dc:creator>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...3 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
-
-[...2 lines deleted...]
-</file>